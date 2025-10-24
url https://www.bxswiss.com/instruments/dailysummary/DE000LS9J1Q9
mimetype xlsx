--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf8fca61ec2346e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c7a33d69ea45d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80adfdc5306e4a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d5f92c4c434b4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd76dc698a1e4d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80adfdc5306e4a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ba329d941804e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d5f92c4c434b4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltmarktführer DE + CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>119,725</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...192 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,213</x:t>
@@ -791,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>