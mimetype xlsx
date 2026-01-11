--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c7a33d69ea45d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R866d8d1a920e4cd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d5f92c4c434b4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra94f7f98c77a4ad1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ba329d941804e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d5f92c4c434b4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2ca4a0d3b342e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra94f7f98c77a4ad1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltmarktführer DE + CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>120,821</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>