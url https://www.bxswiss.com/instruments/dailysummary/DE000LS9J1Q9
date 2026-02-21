--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R866d8d1a920e4cd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f064b206db4d40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra94f7f98c77a4ad1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R851277e08bac4597"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2ca4a0d3b342e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra94f7f98c77a4ad1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3468186824254e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R851277e08bac4597" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltmarktführer DE + CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>127,132</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>