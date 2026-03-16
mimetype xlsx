--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f064b206db4d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61963676ae04c34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R851277e08bac4597"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39b2aeee91e14d16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3468186824254e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R851277e08bac4597" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f7adaa9cd0461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39b2aeee91e14d16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltmarktführer DE + CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>