--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98815509be6c43be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5f4cd4cbecf4b40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R370418dff84244e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R601892071bb24518"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b6dfc5d6a03420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R370418dff84244e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a6e5b4efb74e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R601892071bb24518" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>272,851</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>