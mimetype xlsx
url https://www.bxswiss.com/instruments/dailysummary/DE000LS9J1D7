--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5f4cd4cbecf4b40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc612c1c12f214b18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R601892071bb24518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57826442f3234250"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a6e5b4efb74e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R601892071bb24518" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R441835c4bc654ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57826442f3234250" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>