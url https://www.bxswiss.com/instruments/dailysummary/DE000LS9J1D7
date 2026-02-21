--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc612c1c12f214b18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4735e16e2707461a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57826442f3234250"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde50a9feb0d42c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R441835c4bc654ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57826442f3234250" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R671b6abb7b804c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde50a9feb0d42c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>284,133</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>