--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4735e16e2707461a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5717956234124b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde50a9feb0d42c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7cd8d9ea1514133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R671b6abb7b804c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde50a9feb0d42c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0abdb921f5f941f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7cd8d9ea1514133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>