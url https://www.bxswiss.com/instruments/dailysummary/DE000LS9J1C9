--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90f6bc90ae64d19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c5e56c5f82456e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1089be6709c64e37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R169d097b33074a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15930b0698e14d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1089be6709c64e37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e705e9789a94595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R169d097b33074a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FIRE of DOWN UNDER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>