--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c5e56c5f82456e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371c1892ef2f4fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R169d097b33074a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b38de9f6da64c40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e705e9789a94595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R169d097b33074a01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e666378c0e34afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b38de9f6da64c40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FIRE of DOWN UNDER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>