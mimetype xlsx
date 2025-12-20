--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371c1892ef2f4fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3983a24107e4802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b38de9f6da64c40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59ae803b493e4930"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e666378c0e34afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b38de9f6da64c40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98053704832b43cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59ae803b493e4930" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FIRE of DOWN UNDER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,479 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>79,787</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>