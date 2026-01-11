--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3983a24107e4802" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc1a023aac44fae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59ae803b493e4930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bc32e459d2a4090"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98053704832b43cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59ae803b493e4930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6402948d514992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bc32e459d2a4090" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FIRE of DOWN UNDER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,288 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -597,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>