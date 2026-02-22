--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc1a023aac44fae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6462b12483944808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bc32e459d2a4090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb06044c76ada4ca2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6402948d514992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bc32e459d2a4090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R341d9ac09fd74658" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb06044c76ada4ca2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FIRE of DOWN UNDER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>93,278</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>