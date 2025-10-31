--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e54fb19265493c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R631d142cf7044d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redbf363e75e24afb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd28b4d1c6d94362"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dec82499f2d4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redbf363e75e24afb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R834130e7c6314482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd28b4d1c6d94362" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global E Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,396 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...344 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -624,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>