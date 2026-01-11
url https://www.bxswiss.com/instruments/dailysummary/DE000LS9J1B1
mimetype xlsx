--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R631d142cf7044d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29cedf62e90b402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd28b4d1c6d94362"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1694d0cfb1c438c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R834130e7c6314482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd28b4d1c6d94362" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R827b664cbc3a406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1694d0cfb1c438c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global E Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>337,725</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>