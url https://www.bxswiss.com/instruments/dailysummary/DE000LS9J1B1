--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29cedf62e90b402d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9513f7e2c90451c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1694d0cfb1c438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78a305dcd72b43ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R827b664cbc3a406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1694d0cfb1c438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e21c3d10ec3429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78a305dcd72b43ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global E Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>328,305</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>