--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9513f7e2c90451c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef3a21db56540e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78a305dcd72b43ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1384c5a1dd1b4a19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e21c3d10ec3429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78a305dcd72b43ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b082a5ffa7e47a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1384c5a1dd1b4a19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global E Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>