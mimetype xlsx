--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R170071c39c604c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59cc06e4a6eb4bd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d29b3b2a8a4b84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb90fc07273c1451a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb604e142c99e48ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d29b3b2a8a4b84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94fb930b480241ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb90fc07273c1451a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>growth2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>