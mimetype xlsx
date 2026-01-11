--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59cc06e4a6eb4bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb2a47138d747fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb90fc07273c1451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b19e978fbec4c9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94fb930b480241ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb90fc07273c1451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9884e06f8d204080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b19e978fbec4c9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>growth2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>109,287</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,137</x:t>
-[...134 lines deleted...]
-          <x:t>109,650</x:t>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,759</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>108,986</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>