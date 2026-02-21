--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb2a47138d747fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fec07cda5a44523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b19e978fbec4c9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c5d35d46b04d4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9884e06f8d204080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b19e978fbec4c9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77ef897424234fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c5d35d46b04d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>growth2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>109,737</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,521</x:t>
-[...161 lines deleted...]
-          <x:t>110,416</x:t>
+          <x:t>109,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>