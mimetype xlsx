--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fec07cda5a44523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41716310c89540d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c5d35d46b04d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc88b1567b6434090"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77ef897424234fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c5d35d46b04d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8672641572464319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc88b1567b6434090" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>growth2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,657</x:t>
-[...31 lines deleted...]
-          <x:t>108,316</x:t>
+          <x:t>109,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,691</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>109,607</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>