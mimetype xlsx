--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04bbac36d8bf475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d6846f0ee32412e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R255ac2ab06a64151"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd25fbba6aaf64b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d38257702424809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R255ac2ab06a64151" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b4ee3dea5f4444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd25fbba6aaf64b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QI Minimum Volatility Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,026</x:t>
-[...377 lines deleted...]
-          <x:t>178,484</x:t>
+          <x:t>177,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,728</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>178,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,561</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>