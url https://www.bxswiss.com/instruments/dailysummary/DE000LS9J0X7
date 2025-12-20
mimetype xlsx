--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d6846f0ee32412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d8ca03ffc974f1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd25fbba6aaf64b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde7d3ba733e540a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b4ee3dea5f4444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd25fbba6aaf64b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb5430edc604ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde7d3ba733e540a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QI Minimum Volatility Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,605</x:t>
-[...198 lines deleted...]
-          <x:t>182,394</x:t>
+          <x:t>181,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>