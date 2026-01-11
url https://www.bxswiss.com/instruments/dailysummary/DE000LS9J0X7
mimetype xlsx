--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d8ca03ffc974f1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9fede9ba1d4349" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde7d3ba733e540a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb954c6363b94dd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb5430edc604ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde7d3ba733e540a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8987510f57034514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb954c6363b94dd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QI Minimum Volatility Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>184,706</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,478</x:t>
-[...350 lines deleted...]
-          <x:t>183,103</x:t>
+          <x:t>183,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>