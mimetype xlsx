--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9fede9ba1d4349" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb64e3edc94fe4a08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb954c6363b94dd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f9562295ad946a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8987510f57034514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb954c6363b94dd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926683714d994c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f9562295ad946a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QI Minimum Volatility Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>189,765</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>