--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb64e3edc94fe4a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa6a275f86a4440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f9562295ad946a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc429a97266416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926683714d994c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f9562295ad946a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77cae4098d314b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc429a97266416a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QI Minimum Volatility Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>182,891</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,224</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...425 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,054</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>