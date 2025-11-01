--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c918febc17e4fa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f0465847cb84fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca0ab33988f4cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ea5eb2ca3584888"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bd831c8465c4f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca0ab33988f4cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R178f895ee29048f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ea5eb2ca3584888" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Champions Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>150,130</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,184</x:t>
-[...350 lines deleted...]
-          <x:t>152,030</x:t>
+          <x:t>149,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>