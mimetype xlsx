--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f0465847cb84fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f316d85ccb141ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ea5eb2ca3584888"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R165268d267cd4e16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R178f895ee29048f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ea5eb2ca3584888" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3edd5fb90c13439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R165268d267cd4e16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Champions Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>152,130</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,708</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>153,496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,083</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>