--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f316d85ccb141ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c2bc8d94574f6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R165268d267cd4e16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5877df51e1143f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3edd5fb90c13439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R165268d267cd4e16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra43943e9443c4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5877df51e1143f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Champions Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>