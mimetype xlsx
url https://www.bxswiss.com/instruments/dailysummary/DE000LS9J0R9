--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c2bc8d94574f6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa218016965b42b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5877df51e1143f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90373d3467284ced"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra43943e9443c4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5877df51e1143f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7508681ca14e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90373d3467284ced" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Champions Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,547</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>