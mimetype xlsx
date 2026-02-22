--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa218016965b42b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e7e0bc1f744b65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90373d3467284ced"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c54e99267cf4b96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7508681ca14e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90373d3467284ced" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R139e194597d9498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c54e99267cf4b96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Champions Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,217</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>