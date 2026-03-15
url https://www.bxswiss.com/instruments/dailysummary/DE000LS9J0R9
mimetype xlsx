--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e7e0bc1f744b65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b4ed0a2017402f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c54e99267cf4b96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16c276034a8d4eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R139e194597d9498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c54e99267cf4b96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97a9e84c633944df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16c276034a8d4eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Champions Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0R9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,019</x:t>
-[...251 lines deleted...]
-        <x:is>
           <x:t>174,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>