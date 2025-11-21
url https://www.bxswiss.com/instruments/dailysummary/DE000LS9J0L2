--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf0994c34f944b84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48149349671345ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3550adb7a8a493d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R115f5ce183f24fce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92ad129ad32b4e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3550adb7a8a493d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4302333e4794b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R115f5ce183f24fce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Tech Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0L2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>309,492</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>