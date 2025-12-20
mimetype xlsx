--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48149349671345ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8af61294c5040a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R115f5ce183f24fce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b115648b4ca4e6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4302333e4794b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R115f5ce183f24fce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fb540e0871d4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b115648b4ca4e6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Tech Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0L2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>