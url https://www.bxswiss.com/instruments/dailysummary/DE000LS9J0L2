--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8af61294c5040a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d690e872b54108" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b115648b4ca4e6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd859ca25a1e24db1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fb540e0871d4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b115648b4ca4e6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75f6cc7d6094878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd859ca25a1e24db1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Tech Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0L2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>