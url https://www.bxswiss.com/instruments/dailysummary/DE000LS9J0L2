--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d690e872b54108" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358bb2b3a01c4d29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd859ca25a1e24db1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5b669f2b59400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75f6cc7d6094878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd859ca25a1e24db1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600975fcd6d54841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5b669f2b59400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Tech Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0L2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>308,374</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>