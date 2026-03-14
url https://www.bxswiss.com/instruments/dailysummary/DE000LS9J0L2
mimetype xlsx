--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358bb2b3a01c4d29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R934f1353fbca4783" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5b669f2b59400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7804c0ed2154757"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600975fcd6d54841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5b669f2b59400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdf32ee2a89e44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7804c0ed2154757" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Tech Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0L2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>