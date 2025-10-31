--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c71cde0a8eb4212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redeea9a6f9024609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0afe6162590c470c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re84afeb5dbda4a3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e62c4a0f774db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0afe6162590c470c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3485af7c4194ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re84afeb5dbda4a3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nitty-Gritty E-Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>555,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>562,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>555,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>558,193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>562,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>563,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>548,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>551,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>