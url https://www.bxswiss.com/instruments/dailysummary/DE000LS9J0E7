--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redeea9a6f9024609" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f1755ac415e4bd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re84afeb5dbda4a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7da5530d164ee9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3485af7c4194ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re84afeb5dbda4a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d89a0fe7fe4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7da5530d164ee9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nitty-Gritty E-Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>540,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>544,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>538,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>540,297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>542,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>553,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>541,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>552,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>