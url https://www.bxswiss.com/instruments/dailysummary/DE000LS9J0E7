--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f1755ac415e4bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eef15a3e47f4645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7da5530d164ee9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb3f42cabc4e4da1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d89a0fe7fe4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7da5530d164ee9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1661cd59e8b34156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb3f42cabc4e4da1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nitty-Gritty E-Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>497,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>509,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>497,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>521,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>511,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>