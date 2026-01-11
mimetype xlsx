--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eef15a3e47f4645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71cb4b99461e46b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb3f42cabc4e4da1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1309ef3e77a4cba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1661cd59e8b34156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb3f42cabc4e4da1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R633b132ff1dd4d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1309ef3e77a4cba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nitty-Gritty E-Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>544,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>544,658</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>564,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>567,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>558,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>561,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>