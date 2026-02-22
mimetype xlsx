--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71cb4b99461e46b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb537bb512104635" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1309ef3e77a4cba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2d40d8da9c452f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R633b132ff1dd4d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1309ef3e77a4cba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0f1d468ea54c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2d40d8da9c452f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nitty-Gritty E-Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>533,086</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>