--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb537bb512104635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc554bd67802b4570" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2d40d8da9c452f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f53acbffa8f4fff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0f1d468ea54c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2d40d8da9c452f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5dcd015d424e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f53acbffa8f4fff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nitty-Gritty E-Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>492,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>