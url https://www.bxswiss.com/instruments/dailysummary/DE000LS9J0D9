--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed45468ab6646ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df018cfffdf47fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf01f713a5094414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b3eaa7c6aba426c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69fa1529a4044ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf01f713a5094414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1cc14e24d5a4263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b3eaa7c6aba426c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends in Europe and America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0D9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>372,545</x:t>
-[...306 lines deleted...]
-          <x:t>407,257</x:t>
+          <x:t>375,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>