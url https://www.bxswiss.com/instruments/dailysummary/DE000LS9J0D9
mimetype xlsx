--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df018cfffdf47fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba9553eb23f47ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b3eaa7c6aba426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77a6560999940a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1cc14e24d5a4263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b3eaa7c6aba426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b577e2eddd24466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77a6560999940a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends in Europe and America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0D9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>