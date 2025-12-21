--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba9553eb23f47ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69cb9fd277d14f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77a6560999940a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b4aa7284114cd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b577e2eddd24466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77a6560999940a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d844afe3884e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b4aa7284114cd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends in Europe and America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0D9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>