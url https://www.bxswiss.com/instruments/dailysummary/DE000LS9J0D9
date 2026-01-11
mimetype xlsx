--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69cb9fd277d14f5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ef3f2d0db24e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b4aa7284114cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad5f69c2a41645ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d844afe3884e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b4aa7284114cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c5428f640d4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad5f69c2a41645ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends in Europe and America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0D9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>