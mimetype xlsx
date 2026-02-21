--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ef3f2d0db24e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea9330fbec664dd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad5f69c2a41645ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99f2365420e54e47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c5428f640d4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad5f69c2a41645ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5289cec92ea8447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99f2365420e54e47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends in Europe and America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0D9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>378,355</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>