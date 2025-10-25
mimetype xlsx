--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8191fbd4fe4011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07cfe6b3fdaf4cc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03cea54f10ee4eaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8ea784f32c4725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804034be36504383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03cea54f10ee4eaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R538adc4e70e94b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8ea784f32c4725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fair-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0C1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>111,946</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,508</x:t>
-[...134 lines deleted...]
-          <x:t>112,274</x:t>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,347</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>112,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,827</x:t>
-[...355 lines deleted...]
-          <x:t>114,900</x:t>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>