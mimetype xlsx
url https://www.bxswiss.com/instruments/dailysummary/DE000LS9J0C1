--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07cfe6b3fdaf4cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b7ccc16a79242a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8ea784f32c4725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7daac0d9ce8846d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R538adc4e70e94b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8ea784f32c4725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d13b1aa09854a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7daac0d9ce8846d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fair-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0C1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,165</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>