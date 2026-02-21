--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b7ccc16a79242a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref40f7c68b91418e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7daac0d9ce8846d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf81c7c0cac844c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d13b1aa09854a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7daac0d9ce8846d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad9543883a5461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf81c7c0cac844c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fair-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0C1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>111,965</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>116,996</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>