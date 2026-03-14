--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref40f7c68b91418e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb3c6ab7f9d4cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf81c7c0cac844c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c3824f7109484f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad9543883a5461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf81c7c0cac844c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4939d9b7915b40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c3824f7109484f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fair-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0C1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>