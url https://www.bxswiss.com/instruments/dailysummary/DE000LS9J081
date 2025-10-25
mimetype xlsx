--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973aa6609fec41b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26ac8095db104411" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd917809463af400a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d37214c7c134181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf59036a07f44556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd917809463af400a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ffc30e711fe49d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d37214c7c134181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>It's all about Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>749,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>749,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>734,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>738,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>752,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>754,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>746,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>749,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>