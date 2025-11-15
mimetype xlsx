--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26ac8095db104411" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70322b748994795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d37214c7c134181"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d449dbd5b24874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ffc30e711fe49d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d37214c7c134181" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29630258fd9f4ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d449dbd5b24874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>It's all about Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>741,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>744,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>724,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>732,842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>739,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>747,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>738,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>746,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>