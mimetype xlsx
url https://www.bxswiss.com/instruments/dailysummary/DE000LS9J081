--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70322b748994795" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0565d1308bcc49d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d449dbd5b24874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1984e8cfc0454396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29630258fd9f4ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d449dbd5b24874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9d16ace8fb64184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1984e8cfc0454396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>It's all about Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>730,270</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>