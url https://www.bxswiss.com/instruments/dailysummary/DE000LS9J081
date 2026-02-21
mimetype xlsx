--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0565d1308bcc49d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e2229a5fc1468d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1984e8cfc0454396"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3261cd225bf5400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9d16ace8fb64184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1984e8cfc0454396" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74e052d0ea354e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3261cd225bf5400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>It's all about Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>726,840</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>