--- v0 (2025-10-31)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2abc96f37b4d3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bfa5d2e4f494449" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385fb4b1f27e4c77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ebc57f74e9f4ed0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0967707c17124cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385fb4b1f27e4c77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc125ab3c65467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ebc57f74e9f4ed0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>89,037</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
-[...397 lines deleted...]
-          <x:t>88,699</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>