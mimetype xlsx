--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bfa5d2e4f494449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re228301237514c33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ebc57f74e9f4ed0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e2ff1b0de14276"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc125ab3c65467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ebc57f74e9f4ed0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81cad8e8c01342be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e2ff1b0de14276" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>88,976</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>