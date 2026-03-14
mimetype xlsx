--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re228301237514c33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0f50a01269c41ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e2ff1b0de14276"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R779bf9bbb73e4c60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81cad8e8c01342be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e2ff1b0de14276" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6849eceae34c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R779bf9bbb73e4c60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>