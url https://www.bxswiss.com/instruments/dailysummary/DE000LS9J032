--- v0 (2025-11-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae30d83203f4481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0761ccbdb50f4576" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b6248f2e3ac47a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71bcdaae872f4a80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc96e2dc7a2ed43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b6248f2e3ac47a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b76d0647744d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71bcdaae872f4a80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hedgy Nebenwerte ohne Hebel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>83,974</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>