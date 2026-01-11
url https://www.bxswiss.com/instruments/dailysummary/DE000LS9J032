--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0761ccbdb50f4576" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b2aaf892004b8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71bcdaae872f4a80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37254322297c4b48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b76d0647744d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71bcdaae872f4a80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6db7e60da6714837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37254322297c4b48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hedgy Nebenwerte ohne Hebel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>