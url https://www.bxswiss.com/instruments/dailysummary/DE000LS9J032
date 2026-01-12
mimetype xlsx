--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b2aaf892004b8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec0ff1e30b374849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37254322297c4b48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a431b1eed44ed4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6db7e60da6714837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37254322297c4b48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d8dcdd94482434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a431b1eed44ed4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hedgy Nebenwerte ohne Hebel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>