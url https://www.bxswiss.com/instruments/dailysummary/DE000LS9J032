--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec0ff1e30b374849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8396beb88d740ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a431b1eed44ed4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4b90acc5ca413b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d8dcdd94482434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a431b1eed44ed4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6a8fd7a0fd48ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4b90acc5ca413b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hedgy Nebenwerte ohne Hebel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>81,506</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>