--- v0 (2025-11-21)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d6298fd82c4d43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb67b8e617224ffd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d79c68b85894472"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R678f497cc4d04b8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9491c1d85c264e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d79c68b85894472" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc88d399dc45a414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R678f497cc4d04b8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Technologie Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.480,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.532,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.476,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.512,096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.575,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.577,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.528,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.534,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.515,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.531,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>