--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb67b8e617224ffd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa6d69c415154def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R678f497cc4d04b8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc590e56d6824a89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc88d399dc45a414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R678f497cc4d04b8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47852a67a8a74a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc590e56d6824a89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Technologie Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.522,031</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.560,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.528,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.514,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.523,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.531,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.445,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>