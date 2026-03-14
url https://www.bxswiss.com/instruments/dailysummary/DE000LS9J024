--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa6d69c415154def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0f1435250b64bd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc590e56d6824a89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf20f2a0ff0084b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47852a67a8a74a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc590e56d6824a89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8ce670305744dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf20f2a0ff0084b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Technologie Automobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.467,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.475,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.451,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.462,534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.445,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.452,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.431,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.441,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.438,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.438,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.400,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>