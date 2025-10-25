--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb48cc548724fb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a325239ff644f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc7d3e5772543e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd86fe558029d42a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a23825025dc478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc7d3e5772543e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8290546ebf740fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd86fe558029d42a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Willionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,484</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>