--- v1 (2025-10-25)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a325239ff644f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d492da90094202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd86fe558029d42a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ba3c6d3628b46f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8290546ebf740fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd86fe558029d42a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d058a97d8404760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ba3c6d3628b46f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Willionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>