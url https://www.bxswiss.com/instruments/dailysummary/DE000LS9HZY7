--- v2 (2025-11-16)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d492da90094202" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a821c1c776b4c02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ba3c6d3628b46f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9675c1ab175442ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d058a97d8404760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ba3c6d3628b46f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93ac594ab1e54245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9675c1ab175442ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Willionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>64,261</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>