--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a821c1c776b4c02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac60743ff4bf48e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9675c1ab175442ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90e48a914ffd4ded"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93ac594ab1e54245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9675c1ab175442ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4401f0d670402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90e48a914ffd4ded" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Willionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>79,535</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>