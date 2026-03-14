--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac60743ff4bf48e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b165412e1784c95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90e48a914ffd4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1955744e16a4485f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4401f0d670402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90e48a914ffd4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2e8687c7e944758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1955744e16a4485f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Willionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>