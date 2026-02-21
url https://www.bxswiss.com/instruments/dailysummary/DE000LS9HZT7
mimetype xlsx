--- v0 (2026-01-07)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba85fa12a57b497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R964ec308d7f146df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f2a5becd86b4a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra989ba996f6b437f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2979207f2884c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f2a5becd86b4a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10c049f257494386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra989ba996f6b437f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Select Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>169,131</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>