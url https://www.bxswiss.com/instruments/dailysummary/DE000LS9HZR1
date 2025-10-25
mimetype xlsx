--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cdcc7e2b6b943ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bfca258ef414e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e83f56a5b784fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8226d6c80fe48c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d15a85b670f408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e83f56a5b784fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2238c8aeb2a042bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8226d6c80fe48c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>