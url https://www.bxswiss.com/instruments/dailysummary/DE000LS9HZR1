--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bfca258ef414e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600f5bec572d4f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8226d6c80fe48c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182af739bbab41d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2238c8aeb2a042bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8226d6c80fe48c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a26303cd2394e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182af739bbab41d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,830</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>