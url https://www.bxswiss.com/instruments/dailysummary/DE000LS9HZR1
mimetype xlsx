--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600f5bec572d4f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f8cf2ea1f7b41b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182af739bbab41d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6b5fd71ec5640a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a26303cd2394e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182af739bbab41d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d8765fd7ad4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6b5fd71ec5640a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>