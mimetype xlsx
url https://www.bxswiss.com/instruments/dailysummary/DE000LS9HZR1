--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f8cf2ea1f7b41b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d4098a49734dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6b5fd71ec5640a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b931444dfc843ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d8765fd7ad4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6b5fd71ec5640a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4090091517a84ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b931444dfc843ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>