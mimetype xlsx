--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d4098a49734dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ce532bc50a4731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b931444dfc843ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a195f210e64fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4090091517a84ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b931444dfc843ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbefd3ea17a894984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a195f210e64fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>187,144</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>