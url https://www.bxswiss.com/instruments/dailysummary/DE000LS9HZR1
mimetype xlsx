--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ce532bc50a4731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b921307406e4d3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a195f210e64fa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2720a51b57634266"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbefd3ea17a894984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a195f210e64fa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e515ca312864aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2720a51b57634266" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und mehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>