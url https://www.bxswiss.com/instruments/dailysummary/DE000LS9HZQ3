--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb19cdc2612f47d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf8e7fb99249470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30a88edc83894626"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5be5dfeee3e4a37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb20a8de01c0a4bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30a88edc83894626" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e5d824adc944b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5be5dfeee3e4a37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Valuehunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>125,775</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...423 lines deleted...]
-          <x:t>124,727</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,239</x:t>
-[...134 lines deleted...]
-          <x:t>125,458</x:t>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>