--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf8e7fb99249470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35a4a80178244f01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5be5dfeee3e4a37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db292b36bb844d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e5d824adc944b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5be5dfeee3e4a37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R226dc5215e6b4946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db292b36bb844d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Valuehunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,853</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>