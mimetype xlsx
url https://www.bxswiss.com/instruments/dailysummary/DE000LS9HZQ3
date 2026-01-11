--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35a4a80178244f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537d3b266cdb4c3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db292b36bb844d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24acc8fe43e24dbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R226dc5215e6b4946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db292b36bb844d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65dfe0c89cd34be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24acc8fe43e24dbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Valuehunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>120,364</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>