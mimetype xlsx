--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537d3b266cdb4c3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a503e78cd742a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24acc8fe43e24dbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13ee0a4ad964c24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65dfe0c89cd34be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24acc8fe43e24dbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da58323ef924866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13ee0a4ad964c24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Valuehunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>121,136</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,472</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>125,796</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>