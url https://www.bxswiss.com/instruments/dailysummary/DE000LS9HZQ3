--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a503e78cd742a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab454377724f40c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13ee0a4ad964c24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e5b7699f11a4c1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da58323ef924866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13ee0a4ad964c24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e34f4a0c2ed4adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e5b7699f11a4c1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US_Valuehunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,296</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,499</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>