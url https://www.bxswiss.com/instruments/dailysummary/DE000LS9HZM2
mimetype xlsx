--- v0 (2025-10-04)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf728dda0d22b48d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re218f29aba9b4641" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5e03d384014a8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radea9358a71c471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66afb261922145cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5e03d384014a8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9306e2022c2c4fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radea9358a71c471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Next Automotive Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>323,376</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>