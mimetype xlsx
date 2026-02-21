--- v1 (2026-01-09)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re218f29aba9b4641" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcacfdb276aa24a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radea9358a71c471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214d3133e5494067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9306e2022c2c4fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radea9358a71c471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f0ee971e86c4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214d3133e5494067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Next Automotive Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>309,174</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>