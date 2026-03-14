--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcacfdb276aa24a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R260266b9c0c14f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214d3133e5494067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8a0b566ee74cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f0ee971e86c4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214d3133e5494067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d111d4d7334f93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8a0b566ee74cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Next Automotive Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>