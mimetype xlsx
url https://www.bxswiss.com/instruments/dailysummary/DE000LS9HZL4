--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1131ebb91202449b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1abb5731f804d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e40dac31b543aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raedac0195ddc4e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9f2206c72e34eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e40dac31b543aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf14ce6128a9c458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raedac0195ddc4e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LISA A World Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>90,375</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,317</x:t>
-[...264 lines deleted...]
-          <x:t>90,750</x:t>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,728</x:t>
-[...188 lines deleted...]
-          <x:t>89,800</x:t>
+          <x:t>90,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>