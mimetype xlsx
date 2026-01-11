--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1abb5731f804d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d73eea96864a9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raedac0195ddc4e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R958a7a990bcc4754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf14ce6128a9c458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raedac0195ddc4e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b9700d08a74d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R958a7a990bcc4754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LISA A World Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,695</x:t>
-[...151 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,646</x:t>
-[...215 lines deleted...]
-          <x:t>91,034</x:t>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,875</x:t>
-[...80 lines deleted...]
-          <x:t>90,633</x:t>
+          <x:t>90,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>