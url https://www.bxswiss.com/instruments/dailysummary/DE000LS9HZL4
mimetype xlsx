--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d73eea96864a9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ab782cb2194c2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R958a7a990bcc4754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09fbf63039764412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b9700d08a74d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R958a7a990bcc4754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3b4dcb8a2724088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09fbf63039764412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LISA A World Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,487</x:t>
-[...394 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,182</x:t>
-[...36 lines deleted...]
-          <x:t>91,266</x:t>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>