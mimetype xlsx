--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ab782cb2194c2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re394cd1d07ed401f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09fbf63039764412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc574e70b23c0430b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3b4dcb8a2724088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09fbf63039764412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484628b0912b4504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc574e70b23c0430b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LISA A World Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>90,741</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,617</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>90,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>