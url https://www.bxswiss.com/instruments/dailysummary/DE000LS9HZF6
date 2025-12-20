--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f9b91dd8cf646c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce59c75664e64ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd08d77cd12284aaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23af6cd07daf40b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dfd402141fd4deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd08d77cd12284aaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a41118ca094db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23af6cd07daf40b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>victorem valores</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>200,798</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>