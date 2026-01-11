--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce59c75664e64ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d4bfee41dc4c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23af6cd07daf40b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9014d189bbdf413f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a41118ca094db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23af6cd07daf40b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10674236c8bc4537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9014d189bbdf413f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>victorem valores</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>