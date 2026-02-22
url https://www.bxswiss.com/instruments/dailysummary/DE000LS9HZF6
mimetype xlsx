--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d4bfee41dc4c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra32af7839cc140f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9014d189bbdf413f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbf8cc5b1634413d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10674236c8bc4537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9014d189bbdf413f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e21aa81d774061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbf8cc5b1634413d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>victorem valores</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>244,934</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>