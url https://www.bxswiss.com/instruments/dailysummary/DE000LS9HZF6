--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra32af7839cc140f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5a4d6711db4305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbf8cc5b1634413d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8af06810d4e04554"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e21aa81d774061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbf8cc5b1634413d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67b8d7edaa254b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8af06810d4e04554" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>victorem valores</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>