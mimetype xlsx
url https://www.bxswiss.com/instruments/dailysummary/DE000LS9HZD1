--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f4ab752821740b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424f4bf4436e4433" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a1c5dd348504d30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb77d295a9e3c42d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R490d9c57e461409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a1c5dd348504d30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R970b287fb7dd484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb77d295a9e3c42d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchen Jäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>