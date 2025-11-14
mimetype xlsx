--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424f4bf4436e4433" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf845a72f43244de5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb77d295a9e3c42d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3091e79444ad4d0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R970b287fb7dd484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb77d295a9e3c42d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9182dc820f144110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3091e79444ad4d0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchen Jäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>157,016</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,564</x:t>
-[...436 lines deleted...]
-          <x:t>170,238</x:t>
+          <x:t>158,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>