--- v2 (2025-11-14)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf845a72f43244de5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e6e358c185490d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3091e79444ad4d0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R299e57eabaa84bea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9182dc820f144110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3091e79444ad4d0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64d709dda1e44bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R299e57eabaa84bea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchen Jäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,378</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>