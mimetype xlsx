--- v3 (2026-01-08)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e6e358c185490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746df320154a44d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R299e57eabaa84bea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413dca97592a4960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64d709dda1e44bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R299e57eabaa84bea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12babff94bef4e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413dca97592a4960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchen Jäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>186,249</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>