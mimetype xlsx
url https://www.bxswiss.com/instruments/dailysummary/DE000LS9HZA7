--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R323800c6ec934fab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra924be49b6d24317" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4940dc52bd4ab0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a78cbb785be4bdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf299c5f899a2457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4940dc52bd4ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1deb24aa58ab44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a78cbb785be4bdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intani - Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,516 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...464 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>