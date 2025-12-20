--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra924be49b6d24317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8692180715749d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a78cbb785be4bdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R211f22dca41c447d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1deb24aa58ab44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a78cbb785be4bdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ea53f202faa4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R211f22dca41c447d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intani - Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>107,870</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>