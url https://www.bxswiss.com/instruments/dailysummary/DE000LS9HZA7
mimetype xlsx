--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8692180715749d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf567836558e04809" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R211f22dca41c447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91782016bc2c40f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ea53f202faa4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R211f22dca41c447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e80fd39bc2c4d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91782016bc2c40f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intani - Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>