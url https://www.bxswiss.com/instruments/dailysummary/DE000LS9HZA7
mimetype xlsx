--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf567836558e04809" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a7f8af0cee4341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91782016bc2c40f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e68773d90f74d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e80fd39bc2c4d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91782016bc2c40f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ab50fa536d4f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e68773d90f74d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intani - Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,403</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>