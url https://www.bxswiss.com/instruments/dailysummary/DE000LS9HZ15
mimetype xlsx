--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R162561f340044c3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660a84aa303a4ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc09b3ac2fab04596"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R146ecbc72fa645d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ffd25238fb416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc09b3ac2fab04596" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194f4993b9654bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R146ecbc72fa645d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LazyInvestor100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZ15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>175,421</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,539</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>175,608</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,944</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>176,831</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>