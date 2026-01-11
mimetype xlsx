--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660a84aa303a4ab6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7740f5a99d0f4304" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R146ecbc72fa645d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4808d1c6d5a94848"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194f4993b9654bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R146ecbc72fa645d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R335004f7b6e74f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4808d1c6d5a94848" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LazyInvestor100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZ15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,401</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>