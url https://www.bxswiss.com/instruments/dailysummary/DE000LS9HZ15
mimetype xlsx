--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7740f5a99d0f4304" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0cda9f18b4422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4808d1c6d5a94848"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9fd7eab0865451d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R335004f7b6e74f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4808d1c6d5a94848" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1dd4078bf040b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9fd7eab0865451d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LazyInvestor100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZ15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...33 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,844</x:t>
-[...387 lines deleted...]
-          <x:t>182,262</x:t>
+          <x:t>177,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>