--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0cda9f18b4422b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46de2d44f51e4611" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9fd7eab0865451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f21532b39045e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1dd4078bf040b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9fd7eab0865451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702df6fe7fde4cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f21532b39045e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LazyInvestor100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HZ15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>173,359</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,456</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>174,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>