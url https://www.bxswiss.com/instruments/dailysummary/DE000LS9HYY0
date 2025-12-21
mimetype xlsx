--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ec00aaf715a45e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4938bbb40b476e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe03fe2e11524ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7596e31a24334cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b777d5533442f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe03fe2e11524ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b0e32d39e1d4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7596e31a24334cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>