--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4938bbb40b476e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a01475f29744bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7596e31a24334cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2a2dd9d5a84d7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b0e32d39e1d4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7596e31a24334cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda9801fc671b4fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2a2dd9d5a84d7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>121,633</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>