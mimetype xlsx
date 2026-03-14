--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a01475f29744bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb758630d8e1466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2a2dd9d5a84d7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra30aa819407b4241"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda9801fc671b4fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2a2dd9d5a84d7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f8d1735bf14ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra30aa819407b4241" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,758</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>