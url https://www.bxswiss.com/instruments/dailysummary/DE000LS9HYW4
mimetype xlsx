--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f3784815e344e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef8c944ae7f437b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re775256baf1f47b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3186607dcec4cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b2236f76cfe4eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re775256baf1f47b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c307b419a04a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3186607dcec4cb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST GREEN ENERGY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>