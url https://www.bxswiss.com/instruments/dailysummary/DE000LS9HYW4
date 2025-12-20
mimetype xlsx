--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef8c944ae7f437b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R357023a5a89a46c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3186607dcec4cb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3e47d273292410c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c307b419a04a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3186607dcec4cb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b368bd59c6540f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3e47d273292410c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST GREEN ENERGY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>188,929</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>