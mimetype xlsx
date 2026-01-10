--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R357023a5a89a46c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96700ea60f5342b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3e47d273292410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R313d221cba654df2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b368bd59c6540f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3e47d273292410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7668e26fe9734083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R313d221cba654df2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST GREEN ENERGY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>201,147</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>200,793</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>203,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>