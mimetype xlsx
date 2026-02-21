--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96700ea60f5342b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65308532b1cb4a53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R313d221cba654df2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5440ab94898f426a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7668e26fe9734083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R313d221cba654df2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b78aaf25b0d49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5440ab94898f426a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST GREEN ENERGY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>200,052</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>