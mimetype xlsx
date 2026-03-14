--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65308532b1cb4a53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d8aa0958514975" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5440ab94898f426a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f4c6cf05074524"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b78aaf25b0d49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5440ab94898f426a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ceb793e89e42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f4c6cf05074524" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST GREEN ENERGY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>