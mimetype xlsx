--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ac858b0f324676" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28872ff381a4056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a0b69281894e49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b23cd09fa204cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81e338aee81f41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a0b69281894e49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda247740f764c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b23cd09fa204cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI 4 TecDAX-Werte SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>404,161</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>