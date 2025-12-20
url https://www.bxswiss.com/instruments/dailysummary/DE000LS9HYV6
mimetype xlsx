--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28872ff381a4056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207a3c354d184f15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b23cd09fa204cd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97512088dc2d4a9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda247740f764c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b23cd09fa204cd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5441d8c075424c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97512088dc2d4a9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI 4 TecDAX-Werte SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>370,063</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>