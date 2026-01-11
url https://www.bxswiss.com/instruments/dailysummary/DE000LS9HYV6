--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207a3c354d184f15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a3737c911dc4a97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97512088dc2d4a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88c46c969b0f44ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5441d8c075424c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97512088dc2d4a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58189fbfe49d42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88c46c969b0f44ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI 4 TecDAX-Werte SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>