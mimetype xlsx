--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a3737c911dc4a97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc995a6068ec749af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88c46c969b0f44ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81b0ff2242be44bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58189fbfe49d42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88c46c969b0f44ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c4347c69d14089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81b0ff2242be44bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI 4 TecDAX-Werte SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>371,489</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>