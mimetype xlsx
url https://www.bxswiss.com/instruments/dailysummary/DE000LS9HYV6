--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc995a6068ec749af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab960a557c149ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81b0ff2242be44bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec89864006a341d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c4347c69d14089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81b0ff2242be44bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R874af963448b44fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec89864006a341d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI 4 TecDAX-Werte SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>