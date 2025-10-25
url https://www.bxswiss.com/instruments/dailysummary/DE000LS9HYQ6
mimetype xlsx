--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R226e3130717b483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba40612313ca4a16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94868b8e13e44876"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da893dcf3d94809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1481f593f696408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94868b8e13e44876" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd6366bfdb1403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da893dcf3d94809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Ethisch Christlich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>