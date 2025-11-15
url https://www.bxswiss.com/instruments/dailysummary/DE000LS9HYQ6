--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba40612313ca4a16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc550260c2e8c4748" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da893dcf3d94809"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63320afca1d14246"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd6366bfdb1403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da893dcf3d94809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba2d516d77fa4bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63320afca1d14246" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Ethisch Christlich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>181,164</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,004</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...570 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,593</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>