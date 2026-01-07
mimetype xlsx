--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc550260c2e8c4748" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e215f23b72463e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63320afca1d14246"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b36235d7f3467e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba2d516d77fa4bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63320afca1d14246" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345aa0a4c6534bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b36235d7f3467e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Ethisch Christlich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,415</x:t>
-[...630 lines deleted...]
-          <x:t>180,695</x:t>
+          <x:t>183,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>