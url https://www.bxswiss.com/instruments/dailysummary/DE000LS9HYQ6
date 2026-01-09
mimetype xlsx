--- v3 (2026-01-07)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e215f23b72463e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R992d3b1458e246a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b36235d7f3467e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68bbf33215bc44e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345aa0a4c6534bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b36235d7f3467e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77253f1caa1a428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68bbf33215bc44e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Ethisch Christlich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,625</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>