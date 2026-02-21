--- v4 (2026-01-09)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R992d3b1458e246a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a6fadef18e4582" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68bbf33215bc44e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a976416880a41c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77253f1caa1a428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68bbf33215bc44e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd27e72b2ba642b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a976416880a41c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Ethisch Christlich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>186,292</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>