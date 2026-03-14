--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a6fadef18e4582" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c074adfc314642" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a976416880a41c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd904b07a08044c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd27e72b2ba642b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a976416880a41c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbacb699aafed41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd904b07a08044c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Ethisch Christlich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>176,986</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,009</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,594</x:t>
-[...468 lines deleted...]
-          <x:t>176,371</x:t>
+          <x:t>175,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>