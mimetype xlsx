--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re688f28458dd4009" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf45de9a07eb4684" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e1af743727b4835"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd705a186164b4ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4e4f1edba4f46b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e1af743727b4835" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61220a3d24344cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd705a186164b4ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Folge dem Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,370</x:t>
-[...107 lines deleted...]
-          <x:t>2,347</x:t>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>2,036</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,066</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>2,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>