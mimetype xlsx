--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf45de9a07eb4684" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe9f4773920949f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd705a186164b4ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e0b82295d034e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61220a3d24344cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd705a186164b4ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46411d51d78046e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e0b82295d034e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Folge dem Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,956</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>