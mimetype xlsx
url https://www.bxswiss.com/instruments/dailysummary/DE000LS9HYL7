--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe9f4773920949f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01bfd230ad6d4d09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e0b82295d034e5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9988d5c48254d33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46411d51d78046e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e0b82295d034e5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c7aaeffc944438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9988d5c48254d33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Folge dem Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>1,756</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,764</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>1,761</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,768</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>1,764</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>