--- v3 (2026-01-12)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01bfd230ad6d4d09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cafba51972d4f88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9988d5c48254d33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f641946973346ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c7aaeffc944438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9988d5c48254d33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e165a664234104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f641946973346ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Folge dem Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,731</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,682</x:t>
-[...355 lines deleted...]
-          <x:t>1,691</x:t>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>