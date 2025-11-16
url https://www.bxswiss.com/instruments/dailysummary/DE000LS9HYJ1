--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e4cc03d58b3414d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R027a5df737ca4864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba5639211f3c4f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0023e0412dd64063"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5252550eb4d24c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba5639211f3c4f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3c5f097e9df4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0023e0412dd64063" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1st BIOMEDICAL!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>198,004</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>