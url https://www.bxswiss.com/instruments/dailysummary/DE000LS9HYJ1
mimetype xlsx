--- v1 (2025-11-16)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R027a5df737ca4864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5637ceeef3d74717" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0023e0412dd64063"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d54ba3f81b54f7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3c5f097e9df4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0023e0412dd64063" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00da8fa57ca54473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d54ba3f81b54f7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1st BIOMEDICAL!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>199,603</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>