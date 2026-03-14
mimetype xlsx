--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5637ceeef3d74717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc780dd312634327" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d54ba3f81b54f7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffda5da4255444f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00da8fa57ca54473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d54ba3f81b54f7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d6fdc9c60b9412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffda5da4255444f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1st BIOMEDICAL!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>