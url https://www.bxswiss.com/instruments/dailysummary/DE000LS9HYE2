--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31073fb2a9664436" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12afc403ea74350" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13508c4db9b4bb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296f75ed27254c1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb172543743164ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13508c4db9b4bb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbde9fbd535884bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296f75ed27254c1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MetAnalyst Top15 DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>