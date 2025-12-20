--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12afc403ea74350" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eddfc8f219049cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296f75ed27254c1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dbc66739507498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbde9fbd535884bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296f75ed27254c1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a279b630194071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dbc66739507498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MetAnalyst Top15 DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>152,789</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>