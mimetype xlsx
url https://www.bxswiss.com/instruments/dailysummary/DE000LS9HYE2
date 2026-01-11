--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eddfc8f219049cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c720223bfc4cb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dbc66739507498c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf25938c592494a4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a279b630194071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dbc66739507498c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6683b3ebd3844bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf25938c592494a4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MetAnalyst Top15 DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>