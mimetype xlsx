--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c720223bfc4cb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aad6a02e91d448f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf25938c592494a4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37991d4edaab4257"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6683b3ebd3844bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf25938c592494a4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7857023982ba4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37991d4edaab4257" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MetAnalyst Top15 DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>162,509</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>