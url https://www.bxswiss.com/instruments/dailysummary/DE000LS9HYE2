--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aad6a02e91d448f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72884452d90e4d3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37991d4edaab4257"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a137fb81254bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7857023982ba4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37991d4edaab4257" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dda6882e8d849e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a137fb81254bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MetAnalyst Top15 DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>