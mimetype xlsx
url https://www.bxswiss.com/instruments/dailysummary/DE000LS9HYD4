--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R409c13d77e4c4df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9bd286935254259" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93717c72d2984e12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc378e63221b44497"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7980a3787b4885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93717c72d2984e12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b1b7ab04aa4456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc378e63221b44497" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUCRUM - Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,760</x:t>
-[...124 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>132,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,972</x:t>
-[...58 lines deleted...]
-          <x:t>132,643</x:t>
+          <x:t>131,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...235 lines deleted...]
-          <x:t>133,613</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>