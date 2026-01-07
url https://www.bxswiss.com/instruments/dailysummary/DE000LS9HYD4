--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9bd286935254259" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf15af7823d54e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc378e63221b44497"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b18e79fbc48438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b1b7ab04aa4456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc378e63221b44497" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64cb426410bc424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b18e79fbc48438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUCRUM - Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,352</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>