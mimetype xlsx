--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf15af7823d54e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R077ac64fec544637" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b18e79fbc48438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5473f3b1f44dc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64cb426410bc424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b18e79fbc48438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3666270cbf68428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5473f3b1f44dc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUCRUM - Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>136,273</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>