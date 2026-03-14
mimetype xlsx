--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R077ac64fec544637" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501f59de01114de8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5473f3b1f44dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb17df36b9efa4c4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3666270cbf68428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5473f3b1f44dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4aa4312c0f24cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb17df36b9efa4c4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUCRUM - Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HYD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>