--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd38ee3060c1f4f96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c6d063dc2d498e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a3e37f396bf4427"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95119b7f2b3042ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R018651f455f94e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a3e37f396bf4427" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4262c86194eb4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95119b7f2b3042ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straight Outta Wall Street</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>