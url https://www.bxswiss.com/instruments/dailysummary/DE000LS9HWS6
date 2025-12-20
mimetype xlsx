--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c6d063dc2d498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c792dc63be641d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95119b7f2b3042ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R504aecbc12bb4c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4262c86194eb4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95119b7f2b3042ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4f1312de2c94609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R504aecbc12bb4c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straight Outta Wall Street</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>141,543</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,510</x:t>
-[...53 lines deleted...]
-          <x:t>142,000</x:t>
+          <x:t>138,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>