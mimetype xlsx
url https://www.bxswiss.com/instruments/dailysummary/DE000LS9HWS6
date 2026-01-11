--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c792dc63be641d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96eabc8e1f324272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R504aecbc12bb4c87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R969289cc57524276"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4f1312de2c94609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R504aecbc12bb4c87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d5b548e4d84236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R969289cc57524276" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straight Outta Wall Street</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>