--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96eabc8e1f324272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25f7cfe8873641e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R969289cc57524276"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R289f545f60104960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d5b548e4d84236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R969289cc57524276" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbdd9120cb13450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R289f545f60104960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straight Outta Wall Street</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,650</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>