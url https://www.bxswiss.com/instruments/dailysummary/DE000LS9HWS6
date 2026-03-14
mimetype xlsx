--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25f7cfe8873641e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e202ad97b0d42e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R289f545f60104960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0294006688704096"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbdd9120cb13450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R289f545f60104960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2340a60a11904daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0294006688704096" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straight Outta Wall Street</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>