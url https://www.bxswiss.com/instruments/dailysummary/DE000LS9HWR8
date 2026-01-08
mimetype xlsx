--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R303c245a31324937" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7ce5d83bad84320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31f1901637f84de7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc6b267fd22446d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75b403dfd4234f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31f1901637f84de7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7d3d8bbe7c349a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc6b267fd22446d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonDividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,691</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>