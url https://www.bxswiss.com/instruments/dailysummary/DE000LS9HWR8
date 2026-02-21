--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7ce5d83bad84320" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19fd46c955024cc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc6b267fd22446d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62fdda767164c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7d3d8bbe7c349a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc6b267fd22446d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe51a85fe504d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62fdda767164c81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonDividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>138,926</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>