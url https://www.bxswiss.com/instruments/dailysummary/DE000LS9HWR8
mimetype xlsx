--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19fd46c955024cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cf074135a14083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62fdda767164c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40f5dbefc5d4b82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe51a85fe504d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62fdda767164c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c7e92382c044b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40f5dbefc5d4b82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonDividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>