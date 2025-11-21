--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84effaec4fb4450e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22de3606314c40e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re35d706f765c4bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f8b212735047ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e0d104c947543af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re35d706f765c4bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reba74645e3df48d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f8b212735047ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzwerte und Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>150,095</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,690</x:t>
-[...534 lines deleted...]
-          <x:t>153,533</x:t>
+          <x:t>150,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,470</x:t>
-[...80 lines deleted...]
-          <x:t>149,870</x:t>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>