--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22de3606314c40e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R053ca511596c4775" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f8b212735047ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba5c355bd83b46ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reba74645e3df48d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f8b212735047ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f8fbc365bd94d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba5c355bd83b46ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzwerte und Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,917</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>147,304</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>