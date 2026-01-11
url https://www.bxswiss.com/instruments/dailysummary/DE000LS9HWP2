--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R053ca511596c4775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c9d1d367b5483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba5c355bd83b46ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re25dae7650704feb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f8fbc365bd94d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba5c355bd83b46ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d94f9c0d484ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re25dae7650704feb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzwerte und Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>