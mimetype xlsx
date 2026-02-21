--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c9d1d367b5483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863ad66556aa411e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re25dae7650704feb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e017100a90f4811"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d94f9c0d484ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re25dae7650704feb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14879f58b6c646a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e017100a90f4811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzwerte und Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>156,638</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>