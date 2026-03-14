--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863ad66556aa411e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963179a46d0c422f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e017100a90f4811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b0e517209344d28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14879f58b6c646a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e017100a90f4811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7e382e0d594af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b0e517209344d28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzwerte und Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>154,567</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,155</x:t>
-[...543 lines deleted...]
-        <x:is>
           <x:t>155,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>