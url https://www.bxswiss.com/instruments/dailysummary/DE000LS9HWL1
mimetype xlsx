--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51294093f1874a7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551d40cfc2dd4c40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R876a76215fac429a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57582ffb456f4e08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0796f8472a084450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R876a76215fac429a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd12f2451b464a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57582ffb456f4e08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>151,891</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>