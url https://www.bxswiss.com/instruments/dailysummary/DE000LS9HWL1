--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551d40cfc2dd4c40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0adcd6e944c64277" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57582ffb456f4e08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R603572dd73b5411d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd12f2451b464a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57582ffb456f4e08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re415a532883e4009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R603572dd73b5411d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>159,466</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>