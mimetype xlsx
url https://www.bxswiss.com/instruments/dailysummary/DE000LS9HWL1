--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0adcd6e944c64277" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b068dbdce24d84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R603572dd73b5411d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc9d001218894a2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re415a532883e4009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R603572dd73b5411d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd947a3accda4eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc9d001218894a2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>