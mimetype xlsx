--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c9405d75dd4dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5de5db73de94936" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974071c3174c46ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e9d73be10ed46a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8285768411f548c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974071c3174c46ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b8bb344cb842f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e9d73be10ed46a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende weltweit 50 Titel+X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>152,094</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>150,829</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>151,978</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>