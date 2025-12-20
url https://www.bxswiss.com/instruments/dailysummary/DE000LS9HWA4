--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5de5db73de94936" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c1b1a602b76412d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e9d73be10ed46a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa84924b57d149e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b8bb344cb842f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e9d73be10ed46a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804891ac4256473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa84924b57d149e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende weltweit 50 Titel+X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>150,855</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,575</x:t>
-[...134 lines deleted...]
-          <x:t>151,800</x:t>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>