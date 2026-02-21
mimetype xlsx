--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c1b1a602b76412d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67931f0263b24bb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa84924b57d149e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R731ded97e3a44e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804891ac4256473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa84924b57d149e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990fd8f2e8914032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R731ded97e3a44e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende weltweit 50 Titel+X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>151,346</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,159</x:t>
-[...404 lines deleted...]
-          <x:t>149,678</x:t>
+          <x:t>151,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>