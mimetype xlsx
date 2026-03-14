--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67931f0263b24bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e3fc73ec2534d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R731ded97e3a44e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d26d9f256d4307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990fd8f2e8914032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R731ded97e3a44e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d92dcd93544bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d26d9f256d4307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende weltweit 50 Titel+X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HWA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>150,626</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,524</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>151,488</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>151,047</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>