--- v0 (2025-10-24)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re550e3e7b15645e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d70c2d3adeb4920" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a69ff432cb41e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5b0c3d7b57d484d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b25854da1684e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a69ff432cb41e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9f0962731674601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5b0c3d7b57d484d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Unterbewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>163,014</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>