--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d70c2d3adeb4920" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40956152c6254f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5b0c3d7b57d484d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R553343a402cf4c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9f0962731674601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5b0c3d7b57d484d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74d2777772ab4818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R553343a402cf4c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Unterbewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>170,304</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>