--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b23ae38c5064823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6823cd85c00e4a56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R802890639e5f4139"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d58cb7e26e46b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917c958df3d946b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R802890639e5f4139" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206336133614438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d58cb7e26e46b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top10DividendeEuropa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>210,861</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>