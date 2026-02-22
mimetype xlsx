--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6823cd85c00e4a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ae96e55ddc4ccf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d58cb7e26e46b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd801261dd74a4f55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206336133614438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d58cb7e26e46b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a92ff48f924467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd801261dd74a4f55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top10DividendeEuropa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>212,498</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>210,959</x:t>
-[...301 lines deleted...]
-          <x:t>211,057</x:t>
+          <x:t>210,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>