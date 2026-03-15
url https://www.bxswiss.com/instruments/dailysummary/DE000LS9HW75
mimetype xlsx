--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ae96e55ddc4ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re726056dffaa4de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd801261dd74a4f55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23112f7fa954369"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a92ff48f924467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd801261dd74a4f55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c7e7fafbe34497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23112f7fa954369" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top10DividendeEuropa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>