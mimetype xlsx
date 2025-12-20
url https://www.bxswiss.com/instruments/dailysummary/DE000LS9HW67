--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d715ee78d34994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra302e9f9cb744a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b0fd0a57c6c468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R871966b041114fca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1beb29a147e94bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b0fd0a57c6c468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R257b91adaa2d4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R871966b041114fca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte mit Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>356,429</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>