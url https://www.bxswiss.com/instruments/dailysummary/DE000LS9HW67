--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra302e9f9cb744a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1bc0842ef8f4081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R871966b041114fca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf217e5c7e7a84868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R257b91adaa2d4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R871966b041114fca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70875a6975f453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf217e5c7e7a84868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte mit Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>