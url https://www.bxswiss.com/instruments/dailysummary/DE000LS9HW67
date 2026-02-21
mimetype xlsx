--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1bc0842ef8f4081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69f3a73c219c4b03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf217e5c7e7a84868"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ba28a7aeac944f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70875a6975f453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf217e5c7e7a84868" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5413514b7ef4b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ba28a7aeac944f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte mit Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>363,544</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>