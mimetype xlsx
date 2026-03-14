--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69f3a73c219c4b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb0aaf773ea4bc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ba28a7aeac944f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6e9ecf56bf4b87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5413514b7ef4b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ba28a7aeac944f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9083c01a11174185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6e9ecf56bf4b87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte mit Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HW67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>