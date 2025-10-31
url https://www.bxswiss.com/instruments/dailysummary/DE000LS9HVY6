--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33db2d93693c46a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39f842737354ec1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbefb88e5dc4406e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38d3cebe197745d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b7e6a7df064929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbefb88e5dc4406e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e0694cdfb54b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38d3cebe197745d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - modern, progressiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>754,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>761,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>754,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>757,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>767,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>768,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>761,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>765,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>