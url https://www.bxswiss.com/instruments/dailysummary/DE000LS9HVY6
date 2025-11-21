--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39f842737354ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8d9d24c6d242bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38d3cebe197745d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R327848cc688441da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e0694cdfb54b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38d3cebe197745d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red43c2e89475460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R327848cc688441da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - modern, progressiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>755,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>755,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>750,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>754,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>799,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>805,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>787,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>791,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>