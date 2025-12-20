--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8d9d24c6d242bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e3e64d91164429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R327848cc688441da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dc1d55a4e284984"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red43c2e89475460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R327848cc688441da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10cd59e1951b4f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dc1d55a4e284984" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - modern, progressiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>728,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>734,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>717,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>728,718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>765,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>767,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>747,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>749,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>