--- v3 (2025-12-20)
+++ v4 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e3e64d91164429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf10a1d9586d64f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dc1d55a4e284984"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96dba07356214eed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10cd59e1951b4f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dc1d55a4e284984" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60eebed81f824205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96dba07356214eed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - modern, progressiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>727,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>749,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>726,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>740,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>