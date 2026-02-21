--- v4 (2025-12-20)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf10a1d9586d64f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04c26ed3f2214d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96dba07356214eed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686c38ef0088455f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60eebed81f824205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96dba07356214eed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a44f0ac1a044baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686c38ef0088455f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - modern, progressiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>735,333</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>