--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04c26ed3f2214d02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6311572c4b244448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686c38ef0088455f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f570fc0cfdf4a76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a44f0ac1a044baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686c38ef0088455f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2de8c293d147468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f570fc0cfdf4a76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - modern, progressiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>694,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>695,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>691,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>692,817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>677,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>681,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>672,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>680,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>