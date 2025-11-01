--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra271ccda56aa4540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfff5d49c4f47eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d37912dd04411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a54588df89545fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f088b2175aa45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d37912dd04411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f55ac34ab984598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a54588df89545fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investainment Global Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>