--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfff5d49c4f47eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re772d6f066b64f4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a54588df89545fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb503f4c9ce804a9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f55ac34ab984598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a54588df89545fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb69c180af2443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb503f4c9ce804a9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investainment Global Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>175,788</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>