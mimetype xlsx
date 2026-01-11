--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re772d6f066b64f4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d4ea62d40454bbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb503f4c9ce804a9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707bbeeb0ae1447e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb69c180af2443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb503f4c9ce804a9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3429b500f72948f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707bbeeb0ae1447e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investainment Global Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>