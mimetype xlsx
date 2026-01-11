--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d4ea62d40454bbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e09a0cad5cd4184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707bbeeb0ae1447e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R651c159bd37c40a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3429b500f72948f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707bbeeb0ae1447e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b83898d3c0542d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R651c159bd37c40a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investainment Global Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>