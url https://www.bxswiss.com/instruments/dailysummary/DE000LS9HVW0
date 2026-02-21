--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e09a0cad5cd4184" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251afbf9a6ad4c63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R651c159bd37c40a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64f8bdb9090a40ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b83898d3c0542d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R651c159bd37c40a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e17641abb0b4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64f8bdb9090a40ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investainment Global Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>183,374</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>