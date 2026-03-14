--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251afbf9a6ad4c63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf07c45640e394a0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64f8bdb9090a40ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86b0798f62524174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e17641abb0b4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64f8bdb9090a40ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45c9fc016007429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86b0798f62524174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investainment Global Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>176,196</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,213</x:t>
-[...490 lines deleted...]
-          <x:t>174,540</x:t>
+          <x:t>174,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>