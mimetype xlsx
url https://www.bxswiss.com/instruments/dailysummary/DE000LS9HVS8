--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d449261492434a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1bc0b22a3c48b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50405273eb341d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf826fed89cb452a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd686e17d0a574ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50405273eb341d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1c418468904467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf826fed89cb452a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,635 +149,230 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>120,960</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,878</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...560 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,773</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>