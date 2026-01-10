--- v1 (2025-11-21)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1bc0b22a3c48b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a68093c3d8d4fd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf826fed89cb452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6a9117b8d7c4030"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1c418468904467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf826fed89cb452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17b683d5df0140aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6a9117b8d7c4030" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>119,053</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,367</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>118,343</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>