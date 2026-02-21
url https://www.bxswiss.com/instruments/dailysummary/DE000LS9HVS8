--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a68093c3d8d4fd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88046f686abc42de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6a9117b8d7c4030"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242d45dbbd6340d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17b683d5df0140aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6a9117b8d7c4030" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe67732486284398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242d45dbbd6340d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>119,831</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,304</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>120,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,347</x:t>
-[...242 lines deleted...]
-          <x:t>118,781</x:t>
+          <x:t>120,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>