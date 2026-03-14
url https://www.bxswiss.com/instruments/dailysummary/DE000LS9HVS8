--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88046f686abc42de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d141fae7c448af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242d45dbbd6340d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5cdd4b33424f38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe67732486284398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242d45dbbd6340d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36d44b788fb46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5cdd4b33424f38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>