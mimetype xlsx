--- v0 (2025-10-03)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba5498878844d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6505648d7d4d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd12df02cc4443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9644864fd1244fc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94225990d1fd476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd12df02cc4443d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ade7ac877234d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9644864fd1244fc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multibagger?</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>353,101</x:t>
-[...198 lines deleted...]
-          <x:t>355,050</x:t>
+          <x:t>352,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>