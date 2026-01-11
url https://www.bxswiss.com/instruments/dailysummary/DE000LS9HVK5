--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6505648d7d4d10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9773f12eb346a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9644864fd1244fc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc45b4b9dca5841d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ade7ac877234d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9644864fd1244fc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R538f35e95d274806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc45b4b9dca5841d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multibagger?</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>