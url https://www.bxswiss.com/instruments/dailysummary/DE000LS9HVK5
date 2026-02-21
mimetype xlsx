--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9773f12eb346a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R569c9d005ca94dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc45b4b9dca5841d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87e07f3331e04e46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R538f35e95d274806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc45b4b9dca5841d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9c877f551104f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87e07f3331e04e46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Multibagger?</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HVK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>368,141</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>