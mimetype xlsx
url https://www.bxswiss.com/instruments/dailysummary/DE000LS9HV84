--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86384f6cb64945b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f026606548d4447" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd44ef4913c3140c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb46947e40b224d4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cbc47bf75834405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd44ef4913c3140c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88644ad2b7794a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb46947e40b224d4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MischMasch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HV84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,125</x:t>
-[...85 lines deleted...]
-          <x:t>106,444</x:t>
+          <x:t>108,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,364</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>108,953</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>