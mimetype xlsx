--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f026606548d4447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03cd522b3b904169" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb46947e40b224d4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ebb4ce4f8d4b22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88644ad2b7794a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb46947e40b224d4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree71155071854e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ebb4ce4f8d4b22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MischMasch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HV84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,108</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>