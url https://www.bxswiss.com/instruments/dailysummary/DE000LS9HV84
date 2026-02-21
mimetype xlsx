--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03cd522b3b904169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1f33c9dba18458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ebb4ce4f8d4b22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9990679ee1b843ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree71155071854e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ebb4ce4f8d4b22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R443ce8665fa44c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9990679ee1b843ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MischMasch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HV84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>109,236</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,978</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>110,713</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>