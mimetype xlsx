--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894997b6872348eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18d54d91d7894212" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dfa02adcef04b89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc72fce23cc764087"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8833cd296e0f4432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dfa02adcef04b89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81a0d53c5dcc450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc72fce23cc764087" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Biotech, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HV43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>