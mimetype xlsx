--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18d54d91d7894212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raccac08bd2eb47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc72fce23cc764087"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b288a3e0fe7456e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81a0d53c5dcc450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc72fce23cc764087" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc27533adf2394d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b288a3e0fe7456e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Biotech, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HV43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>