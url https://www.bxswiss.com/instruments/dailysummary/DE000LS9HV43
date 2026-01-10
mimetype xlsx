--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raccac08bd2eb47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84164406fbe54db4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b288a3e0fe7456e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd0467b438294cfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc27533adf2394d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b288a3e0fe7456e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8911516f3b2a4ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd0467b438294cfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Biotech, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HV43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>