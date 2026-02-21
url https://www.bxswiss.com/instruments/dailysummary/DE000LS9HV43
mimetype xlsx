--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84164406fbe54db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70340e180a94e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd0467b438294cfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbadaaff327ee469b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8911516f3b2a4ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd0467b438294cfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83083bccab347b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbadaaff327ee469b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Biotech, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HV43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>161,593</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>