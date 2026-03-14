--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70340e180a94e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90d7be32a5c48ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbadaaff327ee469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce6708764284557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83083bccab347b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbadaaff327ee469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re264f98feac4409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce6708764284557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Biotech, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HV43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,317</x:t>
-[...360 lines deleted...]
-          <x:t>179,999</x:t>
+          <x:t>172,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>