--- v0 (2025-10-23)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17830ac4fb7a47ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39624e6c95ca4dae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aee917a6b3c46ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476c4a4bd0bd4157"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649825e8b8724727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aee917a6b3c46ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8e6eef23284c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476c4a4bd0bd4157" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ausis Gold &amp; Silber Minen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HUY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...553 lines deleted...]
-          <x:t>244,793</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>