--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39624e6c95ca4dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7542ef717d574db5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476c4a4bd0bd4157"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4f6ed13f30f42a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8e6eef23284c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476c4a4bd0bd4157" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75355981a67456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4f6ed13f30f42a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ausis Gold &amp; Silber Minen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HUY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>304,526</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>