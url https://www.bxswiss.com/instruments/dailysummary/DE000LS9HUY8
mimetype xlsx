--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7542ef717d574db5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a52ae2c26fa48aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4f6ed13f30f42a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bfaa4e2ab184532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75355981a67456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4f6ed13f30f42a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436cabe5cecb42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bfaa4e2ab184532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ausis Gold &amp; Silber Minen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HUY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>