--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a52ae2c26fa48aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26228cea37284a75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bfaa4e2ab184532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R344f4542b1fa4f9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436cabe5cecb42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bfaa4e2ab184532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96f3974902fd4fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R344f4542b1fa4f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ausis Gold &amp; Silber Minen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HUY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>