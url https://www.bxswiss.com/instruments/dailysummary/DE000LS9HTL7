--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab395f7b1954bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0efc60f76bee458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e1ed6174e74d5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a0765782dd4e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a5765723f6349ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e1ed6174e74d5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e118f10408a491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a0765782dd4e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mini Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>101,009</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,212</x:t>
-[...124 lines deleted...]
-          <x:t>99,624</x:t>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,899</x:t>
-[...87 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>100,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,170</x:t>
-[...279 lines deleted...]
-          <x:t>99,061</x:t>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>