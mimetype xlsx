--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0efc60f76bee458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6968a517345742be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a0765782dd4e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18a7fad99aa7464c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e118f10408a491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a0765782dd4e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd87e7d2640a14c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18a7fad99aa7464c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mini Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>98,484</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,937</x:t>
-[...38 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>100,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,686</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>102,082</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>