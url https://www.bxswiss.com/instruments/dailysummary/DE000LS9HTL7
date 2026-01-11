--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6968a517345742be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b609c03e3024f4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18a7fad99aa7464c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31daa764bf754451"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd87e7d2640a14c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18a7fad99aa7464c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e2b5ac8fd54f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31daa764bf754451" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mini Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,758</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>