--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b609c03e3024f4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92bdd61f9ab24645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31daa764bf754451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6737434711784f4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e2b5ac8fd54f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31daa764bf754451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff40a31300e4520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6737434711784f4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mini Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,018</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>