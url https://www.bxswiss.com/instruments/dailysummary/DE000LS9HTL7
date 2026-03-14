--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92bdd61f9ab24645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb84293e6c45a4172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6737434711784f4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c29238bbedd4a65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff40a31300e4520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6737434711784f4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65fdb4a72582466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c29238bbedd4a65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mini Drawdown</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>