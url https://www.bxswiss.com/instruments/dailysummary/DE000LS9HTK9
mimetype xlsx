--- v0 (2025-12-20)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09be0e812ba04c97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f28f44267974a99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a6c9f467594423f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7857aac383674f27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R640c6b79c43044f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a6c9f467594423f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5598f9394b484e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7857aac383674f27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nur Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>