--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f28f44267974a99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaaae5d024334c77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7857aac383674f27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd002987bf6064c9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5598f9394b484e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7857aac383674f27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c377526cdb4e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd002987bf6064c9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nur Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,414</x:t>
-[...603 lines deleted...]
-          <x:t>38,336</x:t>
+          <x:t>38,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>