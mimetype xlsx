--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaaae5d024334c77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e0e5ab5c314d98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd002987bf6064c9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53fa9e13466d4cc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c377526cdb4e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd002987bf6064c9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb402df2cd6d54b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53fa9e13466d4cc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nur Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>39,033</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>