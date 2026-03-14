--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e0e5ab5c314d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4415de4fa8334f42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53fa9e13466d4cc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa309926c754bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb402df2cd6d54b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53fa9e13466d4cc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47d35f7fcfed4f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa309926c754bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nur Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>